--- v0 (2025-11-04)
+++ v1 (2025-12-22)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.11.04. 07:09</t>
+    <t>Eredmények listája: 2025.12.22. 23:33</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Holczer Péter</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>01:15:57</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>16.09 km [100%]</t>
   </si>
   <si>
     <t>08-07 11:16</t>
   </si>
   <si>
     <t>finished</t>
   </si>