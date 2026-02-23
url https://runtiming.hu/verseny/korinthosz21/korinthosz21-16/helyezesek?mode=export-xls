--- v1 (2025-12-22)
+++ v2 (2026-02-23)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.12.22. 23:33</t>
+    <t>Eredmények listája: 2026.02.23. 10:12</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Holczer Péter</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>01:15:57</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>16.09 km [100%]</t>
   </si>
   <si>
     <t>08-07 11:16</t>
   </si>
   <si>
     <t>finished</t>
   </si>