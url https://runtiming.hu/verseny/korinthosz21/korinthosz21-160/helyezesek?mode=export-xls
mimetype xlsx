--- v0 (2025-10-06)
+++ v1 (2025-11-21)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.06. 20:54</t>
+    <t>Eredmények listája: 2025.11.21. 18:40</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Erős Tibor</t>
   </si>
   <si>
     <t>Férfi Férfi 45-49</t>
   </si>
   <si>
     <t>13:10:14</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>161.5 km [100%]</t>
   </si>
   <si>
     <t>08-07 00:10</t>
   </si>
   <si>
     <t>finished</t>
   </si>