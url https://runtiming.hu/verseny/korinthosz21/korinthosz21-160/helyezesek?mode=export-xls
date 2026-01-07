--- v1 (2025-11-21)
+++ v2 (2026-01-07)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.11.21. 18:40</t>
+    <t>Eredmények listája: 2026.01.07. 23:22</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Erős Tibor</t>
   </si>
   <si>
     <t>Férfi Férfi 45-49</t>
   </si>
   <si>
     <t>13:10:14</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>161.5 km [100%]</t>
   </si>
   <si>
     <t>08-07 00:10</t>
   </si>
   <si>
     <t>finished</t>
   </si>