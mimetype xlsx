--- v2 (2026-01-07)
+++ v3 (2026-03-14)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2026.01.07. 23:22</t>
+    <t>Eredmények listája: 2026.03.14. 10:09</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Erős Tibor</t>
   </si>
   <si>
     <t>Férfi Férfi 45-49</t>
   </si>
   <si>
     <t>13:10:14</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>161.5 km [100%]</t>
   </si>
   <si>
     <t>08-07 00:10</t>
   </si>
   <si>
     <t>finished</t>
   </si>