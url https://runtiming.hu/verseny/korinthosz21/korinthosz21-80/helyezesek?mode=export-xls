--- v0 (2025-11-03)
+++ v1 (2025-12-22)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.11.03. 19:19</t>
+    <t>Eredmények listája: 2025.12.22. 20:13</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Kohári Szabolcs</t>
   </si>
   <si>
     <t>Férfi Férfi 20-29</t>
   </si>
   <si>
     <t>06:38:49</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>80.75 km [100%]</t>
   </si>
   <si>
     <t>08-06 20:39</t>
   </si>
   <si>
     <t>finished</t>
   </si>