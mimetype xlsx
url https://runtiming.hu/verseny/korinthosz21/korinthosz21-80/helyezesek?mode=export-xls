--- v1 (2025-12-22)
+++ v2 (2025-12-22)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.12.22. 20:13</t>
+    <t>Eredmények listája: 2025.12.22. 21:42</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Kohári Szabolcs</t>
   </si>
   <si>
     <t>Férfi Férfi 20-29</t>
   </si>
   <si>
     <t>06:38:49</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>80.75 km [100%]</t>
   </si>
   <si>
     <t>08-06 20:39</t>
   </si>
   <si>
     <t>finished</t>
   </si>