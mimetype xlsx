--- v2 (2025-12-22)
+++ v3 (2026-02-23)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.12.22. 21:42</t>
+    <t>Eredmények listája: 2026.02.23. 10:12</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Kohári Szabolcs</t>
   </si>
   <si>
     <t>Férfi Férfi 20-29</t>
   </si>
   <si>
     <t>06:38:49</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>80.75 km [100%]</t>
   </si>
   <si>
     <t>08-06 20:39</t>
   </si>
   <si>
     <t>finished</t>
   </si>