--- v0 (2025-12-02)
+++ v1 (2026-01-29)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.12.02. 19:49</t>
+    <t>Eredmények listája: 2026.01.29. 21:28</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Jóború László</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>01:13:47</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>16.09 km [100%]</t>
   </si>
   <si>
     <t>08-06 11:13</t>
   </si>
   <si>
     <t>finished</t>
   </si>