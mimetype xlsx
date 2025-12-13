--- v0 (2025-10-28)
+++ v1 (2025-12-13)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.29. 00:36</t>
+    <t>Eredmények listája: 2025.12.13. 07:49</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Vajda Zoltán</t>
   </si>
   <si>
     <t>Férfi Férfi 60-64</t>
   </si>
   <si>
     <t>15:34:14</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>160 km [100%]</t>
   </si>
   <si>
     <t>08-06 02:34</t>
   </si>
   <si>
     <t>finished</t>
   </si>