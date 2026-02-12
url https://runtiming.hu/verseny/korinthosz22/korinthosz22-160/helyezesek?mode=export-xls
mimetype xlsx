--- v1 (2025-12-13)
+++ v2 (2026-02-12)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.12.13. 07:49</t>
+    <t>Eredmények listája: 2026.02.12. 05:54</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Vajda Zoltán</t>
   </si>
   <si>
     <t>Férfi Férfi 60-64</t>
   </si>
   <si>
     <t>15:34:14</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>160 km [100%]</t>
   </si>
   <si>
     <t>08-06 02:34</t>
   </si>
   <si>
     <t>finished</t>
   </si>