--- v2 (2026-02-12)
+++ v3 (2026-03-29)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2026.02.12. 05:54</t>
+    <t>Eredmények listája: 2026.03.29. 10:42</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Vajda Zoltán</t>
   </si>
   <si>
     <t>Férfi Férfi 60-64</t>
   </si>
   <si>
     <t>15:34:14</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>160 km [100%]</t>
   </si>
   <si>
     <t>08-06 02:34</t>
   </si>
   <si>
     <t>finished</t>
   </si>