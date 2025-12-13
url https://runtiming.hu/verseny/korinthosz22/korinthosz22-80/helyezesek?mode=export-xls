--- v0 (2025-10-27)
+++ v1 (2025-12-13)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.27. 13:32</t>
+    <t>Eredmények listája: 2025.12.13. 10:33</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Szkridon Gellért</t>
   </si>
   <si>
     <t>Férfi Férfi 35-39</t>
   </si>
   <si>
     <t>06:46:08</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>80.75 km [100%]</t>
   </si>
   <si>
     <t>08-05 20:46</t>
   </si>
   <si>
     <t>finished</t>
   </si>