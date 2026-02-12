--- v1 (2025-12-13)
+++ v2 (2026-02-12)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.12.13. 10:33</t>
+    <t>Eredmények listája: 2026.02.12. 02:26</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Szkridon Gellért</t>
   </si>
   <si>
     <t>Férfi Férfi 35-39</t>
   </si>
   <si>
     <t>06:46:08</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>80.75 km [100%]</t>
   </si>
   <si>
     <t>08-05 20:46</t>
   </si>
   <si>
     <t>finished</t>
   </si>