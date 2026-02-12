--- v2 (2026-02-12)
+++ v3 (2026-02-12)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2026.02.12. 02:26</t>
+    <t>Eredmények listája: 2026.02.12. 04:14</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Szkridon Gellért</t>
   </si>
   <si>
     <t>Férfi Férfi 35-39</t>
   </si>
   <si>
     <t>06:46:08</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>80.75 km [100%]</t>
   </si>
   <si>
     <t>08-05 20:46</t>
   </si>
   <si>
     <t>finished</t>
   </si>