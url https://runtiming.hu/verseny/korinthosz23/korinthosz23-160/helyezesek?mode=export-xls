--- v0 (2025-10-22)
+++ v1 (2026-01-08)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.23. 01:00</t>
+    <t>Eredmények listája: 2026.01.08. 12:26</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Puskás Máté</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>14:55:18</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>161.5 km [100%]</t>
   </si>
   <si>
     <t>08-05 01:55</t>
   </si>
   <si>
     <t>finished</t>
   </si>