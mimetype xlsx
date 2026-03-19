--- v0 (2026-01-18)
+++ v1 (2026-03-19)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2026.01.18. 13:29</t>
+    <t>Eredmények listája: 2026.03.19. 17:30</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Dr. Garai Ágnes Szonja</t>
   </si>
   <si>
     <t xml:space="preserve">Női </t>
   </si>
   <si>
     <t>07:08:38</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>80.75 km [100%]</t>
   </si>
   <si>
     <t>08-04 21:08</t>
   </si>
   <si>
     <t>finished</t>
   </si>