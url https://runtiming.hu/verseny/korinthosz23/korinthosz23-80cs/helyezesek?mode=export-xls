--- v0 (2025-10-16)
+++ v1 (2025-12-04)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.16. 14:04</t>
+    <t>Eredmények listája: 2025.12.04. 02:58</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Mester és a Tanítványok</t>
   </si>
   <si>
     <t xml:space="preserve">3 fős csapat </t>
   </si>
   <si>
     <t>06:34:59</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>80.75 km [100%]</t>
   </si>
   <si>
     <t>08-04 20:34</t>
   </si>
   <si>
     <t>finished</t>
   </si>