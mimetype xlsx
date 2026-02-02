--- v1 (2025-12-04)
+++ v2 (2026-02-02)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.12.04. 02:58</t>
+    <t>Eredmények listája: 2026.02.02. 06:25</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Mester és a Tanítványok</t>
   </si>
   <si>
     <t xml:space="preserve">3 fős csapat </t>
   </si>
   <si>
     <t>06:34:59</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>80.75 km [100%]</t>
   </si>
   <si>
     <t>08-04 20:34</t>
   </si>
   <si>
     <t>finished</t>
   </si>