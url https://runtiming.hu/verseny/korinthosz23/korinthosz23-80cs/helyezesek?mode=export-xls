--- v2 (2026-02-02)
+++ v3 (2026-02-02)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2026.02.02. 06:25</t>
+    <t>Eredmények listája: 2026.02.02. 08:06</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Mester és a Tanítványok</t>
   </si>
   <si>
     <t xml:space="preserve">3 fős csapat </t>
   </si>
   <si>
     <t>06:34:59</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>80.75 km [100%]</t>
   </si>
   <si>
     <t>08-04 20:34</t>
   </si>
   <si>
     <t>finished</t>
   </si>