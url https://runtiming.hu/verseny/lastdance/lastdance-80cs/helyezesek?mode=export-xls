--- v0 (2025-12-19)
+++ v1 (2026-02-12)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.12.19. 02:32</t>
+    <t>Eredmények listája: 2026.02.12. 02:28</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Futottak már</t>
   </si>
   <si>
     <t xml:space="preserve">2 fős csapat </t>
   </si>
   <si>
     <t>06:34:01</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>80.75 km [100%]</t>
   </si>
   <si>
     <t>08-17 13:34</t>
   </si>
   <si>
     <t>finished</t>
   </si>