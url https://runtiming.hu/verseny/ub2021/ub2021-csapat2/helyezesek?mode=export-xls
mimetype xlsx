--- v0 (2025-10-31)
+++ v1 (2026-01-14)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.31. 04:27</t>
+    <t>Eredmények listája: 2026.01.14. 08:19</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>#elkenjük</t>
   </si>
   <si>
     <t xml:space="preserve">3 fős férfi csapat </t>
   </si>
   <si>
     <t>15:53:45</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>215.7 km [100%]</t>
   </si>
   <si>
     <t>10-02 00:24</t>
   </si>
   <si>
     <t>finished</t>
   </si>