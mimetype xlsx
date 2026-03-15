--- v1 (2026-01-14)
+++ v2 (2026-03-15)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2026.01.14. 08:19</t>
+    <t>Eredmények listája: 2026.03.15. 07:32</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>#elkenjük</t>
   </si>
   <si>
     <t xml:space="preserve">3 fős férfi csapat </t>
   </si>
   <si>
     <t>15:53:45</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>215.7 km [100%]</t>
   </si>
   <si>
     <t>10-02 00:24</t>
   </si>
   <si>
     <t>finished</t>
   </si>