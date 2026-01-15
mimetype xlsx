--- v0 (2025-11-01)
+++ v1 (2026-01-15)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.11.01. 19:03</t>
+    <t>Eredmények listája: 2026.01.15. 14:44</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>SZABÓ CSABA</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>01:26:41</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>21 km [100%]</t>
   </si>
   <si>
     <t>10-02 12:27</t>
   </si>
   <si>
     <t>finished</t>
   </si>