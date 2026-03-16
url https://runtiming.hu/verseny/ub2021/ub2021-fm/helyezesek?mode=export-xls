--- v1 (2026-01-15)
+++ v2 (2026-03-16)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2026.01.15. 14:44</t>
+    <t>Eredmények listája: 2026.03.16. 10:33</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>SZABÓ CSABA</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>01:26:41</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>21 km [100%]</t>
   </si>
   <si>
     <t>10-02 12:27</t>
   </si>
   <si>
     <t>finished</t>
   </si>