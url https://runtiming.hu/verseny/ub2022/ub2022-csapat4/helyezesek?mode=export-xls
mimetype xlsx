--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.19. 03:25</t>
+    <t>Eredmények listája: 2025.12.03. 03:09</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Kőröshegyi Kecskék</t>
   </si>
   <si>
     <t xml:space="preserve">10-13 fős férfi csapat </t>
   </si>
   <si>
     <t>17:04:51</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>210 km [100%]</t>
   </si>
   <si>
     <t>05-01 04:35</t>
   </si>
   <si>
     <t>finished</t>
   </si>