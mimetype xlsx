--- v1 (2025-12-03)
+++ v2 (2026-02-03)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.12.03. 03:09</t>
+    <t>Eredmények listája: 2026.02.03. 16:06</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Kőröshegyi Kecskék</t>
   </si>
   <si>
     <t xml:space="preserve">10-13 fős férfi csapat </t>
   </si>
   <si>
     <t>17:04:51</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>210 km [100%]</t>
   </si>
   <si>
     <t>05-01 04:35</t>
   </si>
   <si>
     <t>finished</t>
   </si>