--- v0 (2025-10-10)
+++ v1 (2026-01-29)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.10. 15:15</t>
+    <t>Eredmények listája: 2026.01.29. 03:14</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Dover boys&amp;girls</t>
   </si>
   <si>
     <t xml:space="preserve">10-13 fős férfi csapat </t>
   </si>
   <si>
     <t>14:41:47</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>211 km [100%]</t>
   </si>
   <si>
     <t>05-05 11:08</t>
   </si>
   <si>
     <t>finished_wrong_point_order</t>
   </si>