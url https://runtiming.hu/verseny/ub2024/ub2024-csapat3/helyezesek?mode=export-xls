--- v1 (2026-01-29)
+++ v2 (2026-03-16)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2026.01.29. 03:14</t>
+    <t>Eredmények listája: 2026.03.16. 01:56</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Dover boys&amp;girls</t>
   </si>
   <si>
     <t xml:space="preserve">10-13 fős férfi csapat </t>
   </si>
   <si>
     <t>14:41:47</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>211 km [100%]</t>
   </si>
   <si>
     <t>05-05 11:08</t>
   </si>
   <si>
     <t>finished_wrong_point_order</t>
   </si>