--- v0 (2025-10-09)
+++ v1 (2025-12-08)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.09. 03:52</t>
+    <t>Eredmények listája: 2025.12.08. 06:58</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Erős Tibor</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>17:35:02</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>211 km [100%]</t>
   </si>
   <si>
     <t>05-04 00:35</t>
   </si>
   <si>
     <t>finished</t>
   </si>