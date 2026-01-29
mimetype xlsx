--- v1 (2025-12-08)
+++ v2 (2026-01-29)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.12.08. 06:58</t>
+    <t>Eredmények listája: 2026.01.29. 03:14</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Erős Tibor</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>17:35:02</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>211 km [100%]</t>
   </si>
   <si>
     <t>05-04 00:35</t>
   </si>
   <si>
     <t>finished</t>
   </si>