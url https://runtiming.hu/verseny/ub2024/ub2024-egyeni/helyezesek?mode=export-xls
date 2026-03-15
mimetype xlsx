--- v2 (2026-01-29)
+++ v3 (2026-03-15)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2026.01.29. 03:14</t>
+    <t>Eredmények listája: 2026.03.15. 05:37</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Erős Tibor</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>17:35:02</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>211 km [100%]</t>
   </si>
   <si>
     <t>05-04 00:35</t>
   </si>
   <si>
     <t>finished</t>
   </si>