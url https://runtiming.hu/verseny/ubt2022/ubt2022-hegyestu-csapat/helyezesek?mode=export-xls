--- v0 (2025-11-01)
+++ v1 (2026-01-15)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.11.01. 04:03</t>
+    <t>Eredmények listája: 2026.01.15. 07:47</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>4+1</t>
   </si>
   <si>
     <t xml:space="preserve">5-10 fős férfi csapat </t>
   </si>
   <si>
     <t>08:39:41</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>115 km [100%]</t>
   </si>
   <si>
     <t>10-22 18:23</t>
   </si>
   <si>
     <t>finished</t>
   </si>