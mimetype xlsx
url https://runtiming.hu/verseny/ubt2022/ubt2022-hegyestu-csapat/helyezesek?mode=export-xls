--- v1 (2026-01-15)
+++ v2 (2026-01-15)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2026.01.15. 07:47</t>
+    <t>Eredmények listája: 2026.01.15. 09:09</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>4+1</t>
   </si>
   <si>
     <t xml:space="preserve">5-10 fős férfi csapat </t>
   </si>
   <si>
     <t>08:39:41</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>115 km [100%]</t>
   </si>
   <si>
     <t>10-22 18:23</t>
   </si>
   <si>
     <t>finished</t>
   </si>