--- v2 (2026-01-15)
+++ v3 (2026-03-16)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2026.01.15. 09:09</t>
+    <t>Eredmények listája: 2026.03.16. 18:28</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>4+1</t>
   </si>
   <si>
     <t xml:space="preserve">5-10 fős férfi csapat </t>
   </si>
   <si>
     <t>08:39:41</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>115 km [100%]</t>
   </si>
   <si>
     <t>10-22 18:23</t>
   </si>
   <si>
     <t>finished</t>
   </si>