--- v0 (2025-10-19)
+++ v1 (2026-01-03)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.19. 18:46</t>
+    <t>Eredmények listája: 2026.01.03. 02:37</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>VAJDA ZOLTÁN</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>10:44:58</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>115 km [100%]</t>
   </si>
   <si>
     <t>10-22 17:44</t>
   </si>
   <si>
     <t>finished</t>
   </si>