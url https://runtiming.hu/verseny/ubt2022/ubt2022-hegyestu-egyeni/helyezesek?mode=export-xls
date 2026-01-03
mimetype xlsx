--- v1 (2026-01-03)
+++ v2 (2026-01-03)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2026.01.03. 02:37</t>
+    <t>Eredmények listája: 2026.01.03. 04:14</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>VAJDA ZOLTÁN</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>10:44:58</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>115 km [100%]</t>
   </si>
   <si>
     <t>10-22 17:44</t>
   </si>
   <si>
     <t>finished</t>
   </si>