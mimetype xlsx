--- v2 (2026-01-03)
+++ v3 (2026-03-12)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2026.01.03. 04:14</t>
+    <t>Eredmények listája: 2026.03.12. 09:09</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>VAJDA ZOLTÁN</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>10:44:58</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>115 km [100%]</t>
   </si>
   <si>
     <t>10-22 17:44</t>
   </si>
   <si>
     <t>finished</t>
   </si>