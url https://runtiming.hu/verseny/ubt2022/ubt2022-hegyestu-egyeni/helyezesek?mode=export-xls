--- v3 (2026-03-12)
+++ v4 (2026-03-12)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2026.03.12. 09:09</t>
+    <t>Eredmények listája: 2026.03.12. 10:26</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>VAJDA ZOLTÁN</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>10:44:58</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>115 km [100%]</t>
   </si>
   <si>
     <t>10-22 17:44</t>
   </si>
   <si>
     <t>finished</t>
   </si>