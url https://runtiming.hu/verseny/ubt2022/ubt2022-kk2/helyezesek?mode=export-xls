--- v0 (2025-10-20)
+++ v1 (2025-12-06)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.20. 21:47</t>
+    <t>Eredmények listája: 2025.12.06. 02:53</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Cziráki Roland</t>
   </si>
   <si>
     <t xml:space="preserve">Fiú 9-11 év </t>
   </si>
   <si>
     <t>00:10:59</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>2 km [100%]</t>
   </si>
   <si>
     <t>10-22 11:12</t>
   </si>
   <si>
     <t>finished</t>
   </si>