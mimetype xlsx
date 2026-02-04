--- v1 (2025-12-06)
+++ v2 (2026-02-04)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.12.06. 02:53</t>
+    <t>Eredmények listája: 2026.02.04. 15:02</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Cziráki Roland</t>
   </si>
   <si>
     <t xml:space="preserve">Fiú 9-11 év </t>
   </si>
   <si>
     <t>00:10:59</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>2 km [100%]</t>
   </si>
   <si>
     <t>10-22 11:12</t>
   </si>
   <si>
     <t>finished</t>
   </si>