--- v0 (2025-10-09)
+++ v1 (2025-11-26)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.09. 05:41</t>
+    <t>Eredmények listája: 2025.11.26. 08:17</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>DOBAI LAJOS</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>02:08:31</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>22 km [100%]</t>
   </si>
   <si>
     <t>10-22 12:08</t>
   </si>
   <si>
     <t>finished_missing_point</t>
   </si>