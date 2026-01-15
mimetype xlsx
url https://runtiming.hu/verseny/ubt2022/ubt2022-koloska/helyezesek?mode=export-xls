--- v1 (2025-11-26)
+++ v2 (2026-01-15)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.11.26. 08:17</t>
+    <t>Eredmények listája: 2026.01.15. 04:36</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>DOBAI LAJOS</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>02:08:31</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>22 km [100%]</t>
   </si>
   <si>
     <t>10-22 12:08</t>
   </si>
   <si>
     <t>finished_missing_point</t>
   </si>