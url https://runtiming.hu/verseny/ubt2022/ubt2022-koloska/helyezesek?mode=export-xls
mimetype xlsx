--- v2 (2026-01-15)
+++ v3 (2026-03-01)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2026.01.15. 04:36</t>
+    <t>Eredmények listája: 2026.03.01. 20:25</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>DOBAI LAJOS</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>02:08:31</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>22 km [100%]</t>
   </si>
   <si>
     <t>10-22 12:08</t>
   </si>
   <si>
     <t>finished_missing_point</t>
   </si>