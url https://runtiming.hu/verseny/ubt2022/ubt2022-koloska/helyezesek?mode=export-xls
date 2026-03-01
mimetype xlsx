--- v3 (2026-03-01)
+++ v4 (2026-03-01)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2026.03.01. 20:25</t>
+    <t>Eredmények listája: 2026.03.01. 22:08</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>DOBAI LAJOS</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>02:08:31</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>22 km [100%]</t>
   </si>
   <si>
     <t>10-22 12:08</t>
   </si>
   <si>
     <t>finished_missing_point</t>
   </si>