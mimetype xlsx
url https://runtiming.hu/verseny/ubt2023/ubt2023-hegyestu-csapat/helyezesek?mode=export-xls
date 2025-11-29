--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.14. 18:33</t>
+    <t>Eredmények listája: 2025.11.29. 16:12</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Vígan Athletic</t>
   </si>
   <si>
     <t xml:space="preserve">4 fős férfi csapat </t>
   </si>
   <si>
     <t>09:02:47</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>115 km [100%]</t>
   </si>
   <si>
     <t>10-14 18:44</t>
   </si>
   <si>
     <t>finished</t>
   </si>