--- v1 (2025-11-29)
+++ v2 (2026-01-28)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.11.29. 16:12</t>
+    <t>Eredmények listája: 2026.01.28. 20:36</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Vígan Athletic</t>
   </si>
   <si>
     <t xml:space="preserve">4 fős férfi csapat </t>
   </si>
   <si>
     <t>09:02:47</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>115 km [100%]</t>
   </si>
   <si>
     <t>10-14 18:44</t>
   </si>
   <si>
     <t>finished</t>
   </si>