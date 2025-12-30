--- v0 (2025-11-01)
+++ v1 (2025-12-30)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.11.01. 12:42</t>
+    <t>Eredmények listája: 2025.12.30. 10:01</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>GORKA MÁRTON</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>12:02:26</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>115 km [100%]</t>
   </si>
   <si>
     <t>10-14 19:05</t>
   </si>
   <si>
     <t>finished</t>
   </si>