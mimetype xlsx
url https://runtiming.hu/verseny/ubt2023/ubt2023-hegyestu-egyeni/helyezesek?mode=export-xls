--- v1 (2025-12-30)
+++ v2 (2025-12-30)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.12.30. 10:01</t>
+    <t>Eredmények listája: 2025.12.30. 11:30</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>GORKA MÁRTON</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>12:02:26</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>115 km [100%]</t>
   </si>
   <si>
     <t>10-14 19:05</t>
   </si>
   <si>
     <t>finished</t>
   </si>