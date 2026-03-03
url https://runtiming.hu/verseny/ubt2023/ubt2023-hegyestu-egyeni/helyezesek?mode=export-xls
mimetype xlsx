--- v2 (2025-12-30)
+++ v3 (2026-03-03)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.12.30. 11:30</t>
+    <t>Eredmények listája: 2026.03.03. 06:47</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>GORKA MÁRTON</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>12:02:26</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>115 km [100%]</t>
   </si>
   <si>
     <t>10-14 19:05</t>
   </si>
   <si>
     <t>finished</t>
   </si>