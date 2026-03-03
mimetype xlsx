--- v3 (2026-03-03)
+++ v4 (2026-03-03)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2026.03.03. 06:47</t>
+    <t>Eredmények listája: 2026.03.03. 08:03</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>GORKA MÁRTON</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>12:02:26</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>115 km [100%]</t>
   </si>
   <si>
     <t>10-14 19:05</t>
   </si>
   <si>
     <t>finished</t>
   </si>