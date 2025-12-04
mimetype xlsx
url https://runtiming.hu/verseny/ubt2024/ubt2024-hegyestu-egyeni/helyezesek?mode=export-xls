--- v0 (2025-10-17)
+++ v1 (2025-12-04)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.17. 07:47</t>
+    <t>Eredmények listája: 2025.12.04. 14:38</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>TÓTH JÁNOS</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>11:00:15</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>115 km [100%]</t>
   </si>
   <si>
     <t>10-19 18:02</t>
   </si>
   <si>
     <t>finished</t>
   </si>