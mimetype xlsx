--- v1 (2025-12-04)
+++ v2 (2026-01-30)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.12.04. 14:38</t>
+    <t>Eredmények listája: 2026.01.30. 23:49</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>TÓTH JÁNOS</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>11:00:15</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>115 km [100%]</t>
   </si>
   <si>
     <t>10-19 18:02</t>
   </si>
   <si>
     <t>finished</t>
   </si>