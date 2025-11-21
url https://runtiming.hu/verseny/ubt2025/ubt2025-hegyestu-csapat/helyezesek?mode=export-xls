--- v0 (2025-10-06)
+++ v1 (2025-11-21)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.06. 20:30</t>
+    <t>Eredmények listája: 2025.11.21. 18:57</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>APTIV 24 Szombathely</t>
   </si>
   <si>
     <t>5-10 fős férfi csapat Céges</t>
   </si>
   <si>
     <t>09:10:17</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>115 km [100%]</t>
   </si>
   <si>
     <t>10-04 20:39</t>
   </si>
   <si>
     <t>finished</t>
   </si>