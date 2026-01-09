--- v1 (2025-11-21)
+++ v2 (2026-01-09)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.11.21. 18:57</t>
+    <t>Eredmények listája: 2026.01.09. 09:45</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>APTIV 24 Szombathely</t>
   </si>
   <si>
     <t>5-10 fős férfi csapat Céges</t>
   </si>
   <si>
     <t>09:10:17</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>115 km [100%]</t>
   </si>
   <si>
     <t>10-04 20:39</t>
   </si>
   <si>
     <t>finished</t>
   </si>