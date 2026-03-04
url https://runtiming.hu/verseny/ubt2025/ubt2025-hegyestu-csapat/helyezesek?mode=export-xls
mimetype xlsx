--- v2 (2026-01-09)
+++ v3 (2026-03-04)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2026.01.09. 09:45</t>
+    <t>Eredmények listája: 2026.03.04. 08:08</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>APTIV 24 Szombathely</t>
   </si>
   <si>
     <t>5-10 fős férfi csapat Céges</t>
   </si>
   <si>
     <t>09:10:17</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>115 km [100%]</t>
   </si>
   <si>
     <t>10-04 20:39</t>
   </si>
   <si>
     <t>finished</t>
   </si>