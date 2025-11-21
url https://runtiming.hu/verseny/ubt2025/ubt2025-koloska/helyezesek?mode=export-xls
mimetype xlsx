--- v0 (2025-10-06)
+++ v1 (2025-11-21)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.06. 20:12</t>
+    <t>Eredmények listája: 2025.11.21. 18:49</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>SZENTGYÖRGYI ZSOLT</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>01:47:42</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>22 km [100%]</t>
   </si>
   <si>
     <t>10-04 12:20</t>
   </si>
   <si>
     <t>finished</t>
   </si>