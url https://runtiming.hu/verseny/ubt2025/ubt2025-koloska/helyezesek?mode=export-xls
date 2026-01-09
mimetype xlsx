--- v1 (2025-11-21)
+++ v2 (2026-01-09)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.11.21. 18:49</t>
+    <t>Eredmények listája: 2026.01.09. 10:10</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>SZENTGYÖRGYI ZSOLT</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>01:47:42</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>22 km [100%]</t>
   </si>
   <si>
     <t>10-04 12:20</t>
   </si>
   <si>
     <t>finished</t>
   </si>