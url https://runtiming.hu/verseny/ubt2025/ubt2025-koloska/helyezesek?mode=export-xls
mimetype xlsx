--- v2 (2026-01-09)
+++ v3 (2026-03-04)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2026.01.09. 10:10</t>
+    <t>Eredmények listája: 2026.03.04. 08:04</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>SZENTGYÖRGYI ZSOLT</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>01:47:42</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>22 km [100%]</t>
   </si>
   <si>
     <t>10-04 12:20</t>
   </si>
   <si>
     <t>finished</t>
   </si>