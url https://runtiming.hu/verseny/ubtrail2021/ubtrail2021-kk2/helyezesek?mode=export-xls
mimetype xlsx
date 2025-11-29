--- v0 (2025-10-13)
+++ v1 (2025-11-29)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.13. 20:07</t>
+    <t>Eredmények listája: 2025.11.29. 11:01</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Marshall Zsófia</t>
   </si>
   <si>
     <t xml:space="preserve">Lány 6-8 év </t>
   </si>
   <si>
     <t>00:31:41</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>2 km [100%]</t>
   </si>
   <si>
     <t>10-16 11:33</t>
   </si>
   <si>
     <t>finished</t>
   </si>