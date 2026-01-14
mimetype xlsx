--- v1 (2025-11-29)
+++ v2 (2026-01-14)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.11.29. 11:01</t>
+    <t>Eredmények listája: 2026.01.14. 06:27</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Marshall Zsófia</t>
   </si>
   <si>
     <t xml:space="preserve">Lány 6-8 év </t>
   </si>
   <si>
     <t>00:31:41</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>2 km [100%]</t>
   </si>
   <si>
     <t>10-16 11:33</t>
   </si>
   <si>
     <t>finished</t>
   </si>