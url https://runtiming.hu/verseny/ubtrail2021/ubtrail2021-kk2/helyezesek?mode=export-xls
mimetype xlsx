--- v2 (2026-01-14)
+++ v3 (2026-03-03)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2026.01.14. 06:27</t>
+    <t>Eredmények listája: 2026.03.03. 03:09</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Marshall Zsófia</t>
   </si>
   <si>
     <t xml:space="preserve">Lány 6-8 év </t>
   </si>
   <si>
     <t>00:31:41</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>2 km [100%]</t>
   </si>
   <si>
     <t>10-16 11:33</t>
   </si>
   <si>
     <t>finished</t>
   </si>