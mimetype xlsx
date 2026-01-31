--- v0 (2025-12-01)
+++ v1 (2026-01-31)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.12.01. 22:48</t>
+    <t>Eredmények listája: 2026.01.31. 01:42</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>A három amigó</t>
   </si>
   <si>
     <t xml:space="preserve">3 fős férfi csapat </t>
   </si>
   <si>
     <t>09:51:17</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>129.8 km [100%]</t>
   </si>
   <si>
     <t>07-16 03:42</t>
   </si>
   <si>
     <t>finished</t>
   </si>