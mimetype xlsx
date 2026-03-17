--- v1 (2026-01-31)
+++ v2 (2026-03-17)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2026.01.31. 01:42</t>
+    <t>Eredmények listája: 2026.03.17. 08:47</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>A három amigó</t>
   </si>
   <si>
     <t xml:space="preserve">3 fős férfi csapat </t>
   </si>
   <si>
     <t>09:51:17</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>129.8 km [100%]</t>
   </si>
   <si>
     <t>07-16 03:42</t>
   </si>
   <si>
     <t>finished</t>
   </si>