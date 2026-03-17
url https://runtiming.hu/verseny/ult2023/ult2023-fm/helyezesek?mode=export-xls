--- v0 (2026-01-31)
+++ v1 (2026-03-17)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2026.01.31. 01:56</t>
+    <t>Eredmények listája: 2026.03.17. 07:06</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Thúroczy Bertalan</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>01:20:36</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>21 km [100%]</t>
   </si>
   <si>
     <t>07-15 21:21</t>
   </si>
   <si>
     <t>finished_missing_point</t>
   </si>