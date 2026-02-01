--- v0 (2026-02-01)
+++ v1 (2026-02-01)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2026.02.01. 09:42</t>
+    <t>Eredmények listája: 2026.02.01. 10:46</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>CSÉCSEI ZOLTÁN</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>09:04:35</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>109 km [100%]</t>
   </si>
   <si>
     <t>07-17 01:52</t>
   </si>
   <si>
     <t>finished</t>
   </si>