--- v0 (2025-11-03)
+++ v1 (2025-12-20)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.11.03. 01:22</t>
+    <t>Eredmények listája: 2025.12.20. 21:20</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>FÁBIÁN NORBERT</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>01:30:58</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>21.1 km [100%]</t>
   </si>
   <si>
     <t>07-16 21:31</t>
   </si>
   <si>
     <t>finished</t>
   </si>