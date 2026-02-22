--- v1 (2025-12-20)
+++ v2 (2026-02-22)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.12.20. 21:20</t>
+    <t>Eredmények listája: 2026.02.22. 14:42</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>FÁBIÁN NORBERT</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>01:30:58</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>21.1 km [100%]</t>
   </si>
   <si>
     <t>07-16 21:31</t>
   </si>
   <si>
     <t>finished</t>
   </si>