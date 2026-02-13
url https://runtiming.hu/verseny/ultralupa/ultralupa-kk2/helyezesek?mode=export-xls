--- v0 (2025-12-12)
+++ v1 (2026-02-13)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.12.12. 16:12</t>
+    <t>Eredmények listája: 2026.02.13. 19:53</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Pauk Máté Tamás</t>
   </si>
   <si>
     <t xml:space="preserve">Fiú 9-11 év </t>
   </si>
   <si>
     <t>00:11:37</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>2.7 km [100%]</t>
   </si>
   <si>
     <t>07-17 10:29</t>
   </si>
   <si>
     <t>finished</t>
   </si>