--- v0 (2025-10-27)
+++ v1 (2026-02-16)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.28. 00:34</t>
+    <t>Eredmények listája: 2026.02.16. 02:26</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Ahogy mi szeretjük</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>00:41:42</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>10 km [100%]</t>
   </si>
   <si>
     <t>07-17 10:42</t>
   </si>
   <si>
     <t>finished</t>
   </si>