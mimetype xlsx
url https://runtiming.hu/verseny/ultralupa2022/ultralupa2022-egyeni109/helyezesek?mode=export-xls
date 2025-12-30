--- v0 (2025-10-30)
+++ v1 (2025-12-30)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.30. 15:59</t>
+    <t>Eredmények listája: 2025.12.30. 05:44</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>MÁTYÁS BENCE</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>08:52:56</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>109 km [100%]</t>
   </si>
   <si>
     <t>07-17 01:42</t>
   </si>
   <si>
     <t>finished_missing_point</t>
   </si>