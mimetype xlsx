--- v1 (2025-12-30)
+++ v2 (2026-02-16)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.12.30. 05:44</t>
+    <t>Eredmények listája: 2026.02.16. 02:24</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>MÁTYÁS BENCE</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>08:52:56</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>109 km [100%]</t>
   </si>
   <si>
     <t>07-17 01:42</t>
   </si>
   <si>
     <t>finished_missing_point</t>
   </si>