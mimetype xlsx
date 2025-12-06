--- v0 (2025-10-09)
+++ v1 (2025-12-06)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.09. 10:10</t>
+    <t>Eredmények listája: 2025.12.06. 20:27</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>MUHARI GÁBOR</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>03:14:21</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>50 km [100%]</t>
   </si>
   <si>
     <t>07-16 20:37</t>
   </si>
   <si>
     <t>finished</t>
   </si>