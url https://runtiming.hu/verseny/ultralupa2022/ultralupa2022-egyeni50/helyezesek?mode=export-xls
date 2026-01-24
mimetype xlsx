--- v1 (2025-12-06)
+++ v2 (2026-01-24)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.12.06. 20:27</t>
+    <t>Eredmények listája: 2026.01.24. 06:26</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>MUHARI GÁBOR</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>03:14:21</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>50 km [100%]</t>
   </si>
   <si>
     <t>07-16 20:37</t>
   </si>
   <si>
     <t>finished</t>
   </si>