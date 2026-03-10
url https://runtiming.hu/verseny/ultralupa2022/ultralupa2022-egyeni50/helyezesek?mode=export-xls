--- v2 (2026-01-24)
+++ v3 (2026-03-10)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2026.01.24. 06:26</t>
+    <t>Eredmények listája: 2026.03.10. 21:09</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>MUHARI GÁBOR</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>03:14:21</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>50 km [100%]</t>
   </si>
   <si>
     <t>07-16 20:37</t>
   </si>
   <si>
     <t>finished</t>
   </si>