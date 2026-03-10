--- v3 (2026-03-10)
+++ v4 (2026-03-10)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2026.03.10. 21:09</t>
+    <t>Eredmények listája: 2026.03.10. 22:33</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>MUHARI GÁBOR</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>03:14:21</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>50 km [100%]</t>
   </si>
   <si>
     <t>07-16 20:37</t>
   </si>
   <si>
     <t>finished</t>
   </si>