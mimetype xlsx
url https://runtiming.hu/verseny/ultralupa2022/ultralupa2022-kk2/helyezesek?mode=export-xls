--- v0 (2025-10-18)
+++ v1 (2025-12-04)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.18. 19:59</t>
+    <t>Eredmények listája: 2025.12.04. 16:44</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Mészáros Villő Gréta</t>
   </si>
   <si>
     <t xml:space="preserve">Lány 9-11 év </t>
   </si>
   <si>
     <t>00:11:07</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>2.7 km [100%]</t>
   </si>
   <si>
     <t>07-17 11:29</t>
   </si>
   <si>
     <t>finished</t>
   </si>