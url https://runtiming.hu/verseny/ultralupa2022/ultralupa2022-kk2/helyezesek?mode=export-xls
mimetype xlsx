--- v1 (2025-12-04)
+++ v2 (2026-02-02)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.12.04. 16:44</t>
+    <t>Eredmények listája: 2026.02.03. 00:02</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Mészáros Villő Gréta</t>
   </si>
   <si>
     <t xml:space="preserve">Lány 9-11 év </t>
   </si>
   <si>
     <t>00:11:07</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>2.7 km [100%]</t>
   </si>
   <si>
     <t>07-17 11:29</t>
   </si>
   <si>
     <t>finished</t>
   </si>