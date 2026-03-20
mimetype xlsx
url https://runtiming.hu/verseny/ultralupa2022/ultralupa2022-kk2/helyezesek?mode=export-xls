--- v2 (2026-02-02)
+++ v3 (2026-03-20)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2026.02.03. 00:02</t>
+    <t>Eredmények listája: 2026.03.20. 07:59</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Mészáros Villő Gréta</t>
   </si>
   <si>
     <t xml:space="preserve">Lány 9-11 év </t>
   </si>
   <si>
     <t>00:11:07</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>2.7 km [100%]</t>
   </si>
   <si>
     <t>07-17 11:29</t>
   </si>
   <si>
     <t>finished</t>
   </si>