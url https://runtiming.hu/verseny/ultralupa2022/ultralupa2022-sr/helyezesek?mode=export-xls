--- v0 (2025-10-28)
+++ v1 (2025-12-14)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.28. 18:04</t>
+    <t>Eredmények listája: 2025.12.15. 00:54</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>PINCÉSI BALÁZS</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>01:15:44</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>10.5 km [100%]</t>
   </si>
   <si>
     <t>07-17 14:20</t>
   </si>
   <si>
     <t>finished</t>
   </si>