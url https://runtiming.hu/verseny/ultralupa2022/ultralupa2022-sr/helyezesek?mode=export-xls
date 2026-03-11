--- v1 (2025-12-14)
+++ v2 (2026-03-11)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.12.15. 00:54</t>
+    <t>Eredmények listája: 2026.03.12. 00:39</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>PINCÉSI BALÁZS</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>01:15:44</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>10.5 km [100%]</t>
   </si>
   <si>
     <t>07-17 14:20</t>
   </si>
   <si>
     <t>finished</t>
   </si>