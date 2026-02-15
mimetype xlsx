--- v0 (2025-12-01)
+++ v1 (2026-02-15)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.12.01. 18:08</t>
+    <t>Eredmények listája: 2026.02.15. 20:30</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Őri Miklós  (NOR)</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>11:26:03</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>111.1 km [100%]</t>
   </si>
   <si>
     <t>06-05 11:26</t>
   </si>
   <si>
     <t>finished</t>
   </si>