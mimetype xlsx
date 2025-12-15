--- v0 (2025-10-22)
+++ v1 (2025-12-15)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.23. 01:03</t>
+    <t>Eredmények listája: 2025.12.15. 01:21</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Schmidt Norbert (HUN)</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>02:36:20</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>29.2 km [100%]</t>
   </si>
   <si>
     <t>06-04 17:36</t>
   </si>
   <si>
     <t>finished</t>
   </si>