--- v1 (2025-12-15)
+++ v2 (2026-02-15)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.12.15. 01:21</t>
+    <t>Eredmények listája: 2026.02.15. 20:24</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Schmidt Norbert (HUN)</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>02:36:20</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>29.2 km [100%]</t>
   </si>
   <si>
     <t>06-04 17:36</t>
   </si>
   <si>
     <t>finished</t>
   </si>