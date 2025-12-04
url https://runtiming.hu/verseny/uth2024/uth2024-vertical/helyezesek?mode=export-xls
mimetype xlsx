--- v0 (2025-10-20)
+++ v1 (2025-12-04)
@@ -48,51 +48,51 @@
   <si>
     <t>Rajtszám</t>
   </si>
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.20. 02:57</t>
+    <t>Eredmények listája: 2025.12.04. 14:03</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
     <t>Horváth Csaba</t>
   </si>
   <si>
     <t>Magyarország</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>00:21:19</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>2.4 km [100%]</t>
   </si>