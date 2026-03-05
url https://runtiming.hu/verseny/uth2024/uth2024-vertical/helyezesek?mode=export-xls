--- v1 (2025-12-04)
+++ v2 (2026-03-05)
@@ -48,51 +48,51 @@
   <si>
     <t>Rajtszám</t>
   </si>
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.12.04. 14:03</t>
+    <t>Eredmények listája: 2026.03.05. 02:35</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
     <t>Horváth Csaba</t>
   </si>
   <si>
     <t>Magyarország</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>00:21:19</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>2.4 km [100%]</t>
   </si>