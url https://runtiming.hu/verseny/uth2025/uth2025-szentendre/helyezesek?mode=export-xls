--- v0 (2025-11-03)
+++ v1 (2026-02-09)
@@ -48,51 +48,51 @@
   <si>
     <t>Rajtszám</t>
   </si>
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.11.03. 19:15</t>
+    <t>Eredmények listája: 2026.02.09. 19:50</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
     <t>Öri Miklos</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>04:39:08</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>52.9 km [100%]</t>
   </si>