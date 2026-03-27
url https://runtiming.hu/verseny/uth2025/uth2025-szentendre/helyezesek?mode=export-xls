--- v1 (2026-02-09)
+++ v2 (2026-03-27)
@@ -48,51 +48,51 @@
   <si>
     <t>Rajtszám</t>
   </si>
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
-    <t>Eredmények listája: 2026.02.09. 19:50</t>
+    <t>Eredmények listája: 2026.03.27. 12:07</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
     <t>Öri Miklos</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>04:39:08</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>52.9 km [100%]</t>
   </si>