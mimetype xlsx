--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.11.03. 07:55</t>
+    <t>Eredmények listája: 2025.12.19. 21:37</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Gonda Levente</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>00:36:48</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>10 km [100%]</t>
   </si>
   <si>
     <t>07-04 09:46</t>
   </si>
   <si>
     <t>finished</t>
   </si>