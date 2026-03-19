--- v1 (2025-12-19)
+++ v2 (2026-03-19)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.12.19. 21:37</t>
+    <t>Eredmények listája: 2026.03.19. 22:49</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Gonda Levente</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>00:36:48</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>10 km [100%]</t>
   </si>
   <si>
     <t>07-04 09:46</t>
   </si>
   <si>
     <t>finished</t>
   </si>