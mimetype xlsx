--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.14. 09:21</t>
+    <t>Eredmények listája: 2025.11.28. 14:07</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>DREXLER GÁBOR</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>10:18:45</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>130 km [100%]</t>
   </si>
   <si>
     <t>07-03 16:18</t>
   </si>
   <si>
     <t>finished_timeout</t>
   </si>