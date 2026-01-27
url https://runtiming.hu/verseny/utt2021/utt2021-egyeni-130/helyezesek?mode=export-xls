--- v1 (2025-11-28)
+++ v2 (2026-01-27)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.11.28. 14:07</t>
+    <t>Eredmények listája: 2026.01.27. 17:48</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>DREXLER GÁBOR</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>10:18:45</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>130 km [100%]</t>
   </si>
   <si>
     <t>07-03 16:18</t>
   </si>
   <si>
     <t>finished_timeout</t>
   </si>