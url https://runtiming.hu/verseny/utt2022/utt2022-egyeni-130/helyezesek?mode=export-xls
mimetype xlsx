--- v0 (2025-10-25)
+++ v1 (2026-02-09)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.25. 03:14</t>
+    <t>Eredmények listája: 2026.02.09. 21:33</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>DREXLER GÁBOR</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>11:54:29</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>130 km [100%]</t>
   </si>
   <si>
     <t>07-02 17:56</t>
   </si>
   <si>
     <t>finished</t>
   </si>