--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.31. 17:59</t>
+    <t>Eredmények listája: 2025.12.16. 05:01</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Cziráki Roland Dominik</t>
   </si>
   <si>
     <t xml:space="preserve">Fiú 9-11 év </t>
   </si>
   <si>
     <t>00:06:51</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>1.8 km [100%]</t>
   </si>
   <si>
     <t>07-03 10:27</t>
   </si>
   <si>
     <t>finished</t>
   </si>