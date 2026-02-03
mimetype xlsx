--- v1 (2025-12-16)
+++ v2 (2026-02-03)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.12.16. 05:01</t>
+    <t>Eredmények listája: 2026.02.03. 11:25</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>Cziráki Roland Dominik</t>
   </si>
   <si>
     <t xml:space="preserve">Fiú 9-11 év </t>
   </si>
   <si>
     <t>00:06:51</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>1.8 km [100%]</t>
   </si>
   <si>
     <t>07-03 10:27</t>
   </si>
   <si>
     <t>finished</t>
   </si>