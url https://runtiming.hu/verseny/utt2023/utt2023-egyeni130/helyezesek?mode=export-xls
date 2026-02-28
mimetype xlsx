--- v0 (2025-10-14)
+++ v1 (2026-02-28)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.14. 16:25</t>
+    <t>Eredmények listája: 2026.02.28. 06:10</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>SZILÁGYINÉ DR.TÓTH TÍMEA</t>
   </si>
   <si>
     <t xml:space="preserve">Női </t>
   </si>
   <si>
     <t>11:38:06</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>130 km [100%]</t>
   </si>
   <si>
     <t>07-01 17:38</t>
   </si>
   <si>
     <t>finished</t>
   </si>