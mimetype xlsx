--- v1 (2026-02-28)
+++ v2 (2026-02-28)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2026.02.28. 06:10</t>
+    <t>Eredmények listája: 2026.02.28. 07:33</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>SZILÁGYINÉ DR.TÓTH TÍMEA</t>
   </si>
   <si>
     <t xml:space="preserve">Női </t>
   </si>
   <si>
     <t>11:38:06</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>130 km [100%]</t>
   </si>
   <si>
     <t>07-01 17:38</t>
   </si>
   <si>
     <t>finished</t>
   </si>