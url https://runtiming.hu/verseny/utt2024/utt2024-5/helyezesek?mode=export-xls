--- v0 (2025-12-24)
+++ v1 (2026-02-12)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.12.24. 15:02</t>
+    <t>Eredmények listája: 2026.02.12. 02:21</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>KOSKA LÁSZLÓ RICHÁRD</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>00:17:53</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>5 km [100%]</t>
   </si>
   <si>
     <t>06-30 09:27</t>
   </si>
   <si>
     <t>finished</t>
   </si>