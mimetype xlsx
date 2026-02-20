--- v0 (2025-10-06)
+++ v1 (2026-02-20)
@@ -48,51 +48,51 @@
   <si>
     <t>Kategória</t>
   </si>
   <si>
     <t>Kat. Helyezés</t>
   </si>
   <si>
     <t>Helyezés</t>
   </si>
   <si>
     <t>Versenyidő</t>
   </si>
   <si>
     <t>Utolsó pont</t>
   </si>
   <si>
     <t>Távolság</t>
   </si>
   <si>
     <t>Érkezés</t>
   </si>
   <si>
     <t>Státusz</t>
   </si>
   <si>
-    <t>Eredmények listája: 2025.10.06. 20:49</t>
+    <t>Eredmények listája: 2026.02.20. 03:03</t>
   </si>
   <si>
     <t>runtiming.hu</t>
   </si>
   <si>
     <t>VÁRADI BENCE BALÁZS</t>
   </si>
   <si>
     <t xml:space="preserve">Férfi </t>
   </si>
   <si>
     <t>10:42:23</t>
   </si>
   <si>
     <t>Cél</t>
   </si>
   <si>
     <t>130 km [100%]</t>
   </si>
   <si>
     <t>06-28 16:42</t>
   </si>
   <si>
     <t>finished_missing_point</t>
   </si>